--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -5691,51 +5691,51 @@
       <c r="E65" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>581</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>582</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>583</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>584</v>
       </c>
       <c r="J65" s="3" t="s">
         <v>585</v>
       </c>
       <c r="K65" s="3" t="s">
         <v>586</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M65" s="3" t="s">
-        <v>242</v>
+        <v>54</v>
       </c>
       <c r="N65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" s="3">
         <v>68</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>562</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>587</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F66" s="3" t="s">
@@ -6752,51 +6752,51 @@
       <c r="N87" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>766</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3"/>
       <c r="K88" s="3"/>
       <c r="L88" s="3">
         <v>3731.0</v>
       </c>
       <c r="M88" s="3">
-        <v>2057.0</v>
+        <v>2058.0</v>
       </c>
       <c r="N88" s="3">
         <v>185.0</v>
       </c>
       <c r="O88" s="3">
         <v>164.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:J2"/>
     <mergeCell ref="K2:K2"/>
     <mergeCell ref="L2:O2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>