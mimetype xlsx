--- v1 (2025-12-04)
+++ v2 (2026-01-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="767">
   <si>
     <t>國小附幼</t>
   </si>
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>分區</t>
   </si>
   <si>
@@ -464,975 +464,975 @@
   <si>
     <t>嘉義縣布袋鎮過溝國民小學附設幼兒園</t>
   </si>
   <si>
     <t>　05-3451010#232</t>
   </si>
   <si>
     <t>　05-3450299</t>
   </si>
   <si>
     <t>　ggps@mail.cyc.edu.tw</t>
   </si>
   <si>
     <t>　嘉義縣布袋鎮中安里頂厝1號</t>
   </si>
   <si>
     <t>　https://www.ggps.cyc.edu.tw</t>
   </si>
   <si>
     <t>　蔡志賢</t>
   </si>
   <si>
     <t>　林佩旻</t>
   </si>
   <si>
+    <t>嘉義縣布袋鎮貴林國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3451641#16</t>
+  </si>
+  <si>
+    <t>　05-3450936</t>
+  </si>
+  <si>
+    <t>　glps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣布袋鎮樹林里82號</t>
+  </si>
+  <si>
+    <t>　https://www.glps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　鄭宏麟</t>
+  </si>
+  <si>
+    <t>　許登雅</t>
+  </si>
+  <si>
+    <t>　9</t>
+  </si>
+  <si>
+    <t>嘉義縣布袋鎮新塭國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3431064</t>
+  </si>
+  <si>
+    <t>　05-3430311</t>
+  </si>
+  <si>
+    <t>　sups@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣布袋鎮新民里374號</t>
+  </si>
+  <si>
+    <t>　https://www.sups.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　謝桐偉</t>
+  </si>
+  <si>
+    <t>　許涵茜</t>
+  </si>
+  <si>
+    <t>　55</t>
+  </si>
+  <si>
+    <t>嘉義縣布袋鎮新岑國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3431525</t>
+  </si>
+  <si>
+    <t>　05-3430238</t>
+  </si>
+  <si>
+    <t>　scps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣布袋鎮新岑里4號</t>
+  </si>
+  <si>
+    <t>　https://www.facebook.com/%E5%98%89%E7%BE%A9%E7%B8%A3%E5%B8%83%E8%A2%8B</t>
+  </si>
+  <si>
+    <t>　蔡志成</t>
+  </si>
+  <si>
+    <t>　陳安琪</t>
+  </si>
+  <si>
+    <t>　14</t>
+  </si>
+  <si>
+    <t>嘉義縣布袋鎮好美國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3431524</t>
+  </si>
+  <si>
+    <t>　05-3430310</t>
+  </si>
+  <si>
+    <t>　hmes@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣布袋鎮虎尾寮好美里106號</t>
+  </si>
+  <si>
+    <t>　https://www.hmes.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　賀惠芳</t>
+  </si>
+  <si>
+    <t>　陳彥瀚</t>
+  </si>
+  <si>
+    <t>嘉義縣布袋鎮布新國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3476886</t>
+  </si>
+  <si>
+    <t>　05-3478716</t>
+  </si>
+  <si>
+    <t>　bsps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣布袋鎮文昌街61號</t>
+  </si>
+  <si>
+    <t>　https://www.bsps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　陳月珍</t>
+  </si>
+  <si>
+    <t>　王日君</t>
+  </si>
+  <si>
+    <t>屯</t>
+  </si>
+  <si>
+    <t>民雄鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉民雄國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2262022#61</t>
+  </si>
+  <si>
+    <t>　05-2065592</t>
+  </si>
+  <si>
+    <t>　mhps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣民雄鄉中樂村24鄰民族路43號</t>
+  </si>
+  <si>
+    <t>　https://www.mhps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　蔡明昇</t>
+  </si>
+  <si>
+    <t>　穆士勛</t>
+  </si>
+  <si>
+    <t>　166</t>
+  </si>
+  <si>
+    <t>　126</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉東榮國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2262076#37</t>
+  </si>
+  <si>
+    <t>　05-2268170</t>
+  </si>
+  <si>
+    <t>　trps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣民雄鄉頂崙村105號</t>
+  </si>
+  <si>
+    <t>　https://www.trps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　吳春慧</t>
+  </si>
+  <si>
+    <t>　劉育其</t>
+  </si>
+  <si>
+    <t>　42</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉三興國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2720042#15</t>
+  </si>
+  <si>
+    <t>　05-2721543</t>
+  </si>
+  <si>
+    <t>　sasps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣民雄鄉三興村55號</t>
+  </si>
+  <si>
+    <t>　https://www.sasps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　吳淑茹</t>
+  </si>
+  <si>
+    <t>　楊秀淨</t>
+  </si>
+  <si>
+    <t>　17</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉秀林國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2204188</t>
+  </si>
+  <si>
+    <t>　05-2203963</t>
+  </si>
+  <si>
+    <t>　sles@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣民雄鄉北斗村北勢子17號</t>
+  </si>
+  <si>
+    <t>　https://sles.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　翁雅屏</t>
+  </si>
+  <si>
+    <t>　羅鴻萱</t>
+  </si>
+  <si>
+    <t>　70</t>
+  </si>
+  <si>
+    <t>　47</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉大崎國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2212871#216</t>
+  </si>
+  <si>
+    <t>　05-2211215</t>
+  </si>
+  <si>
+    <t>　dcps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　621嘉義縣民雄鄉秀林村林子尾66號</t>
+  </si>
+  <si>
+    <t>　https://www.dcps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　洪坤山</t>
+  </si>
+  <si>
+    <t>　陳彥樺</t>
+  </si>
+  <si>
+    <t>　28</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉福樂國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2206112#316</t>
+  </si>
+  <si>
+    <t>　05-2206113</t>
+  </si>
+  <si>
+    <t>　sofina1998@gmail.com</t>
+  </si>
+  <si>
+    <t>　嘉義縣民雄鄉福樂村光明二街191號</t>
+  </si>
+  <si>
+    <t>　http://tw.pre.uschoolnet.com/school/flps-cyc</t>
+  </si>
+  <si>
+    <t>　曾俊銘</t>
+  </si>
+  <si>
+    <t>　吳佳玲</t>
+  </si>
+  <si>
+    <t>　48</t>
+  </si>
+  <si>
+    <t>溪口鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣溪口鄉柴林國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2691440</t>
+  </si>
+  <si>
+    <t>　05-2696414</t>
+  </si>
+  <si>
+    <t>　chlps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣溪口鄉柴林村107之二號</t>
+  </si>
+  <si>
+    <t>　https://www.chlps.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　翁若溱</t>
+  </si>
+  <si>
+    <t>　陳妍蓉</t>
+  </si>
+  <si>
+    <t>　23</t>
+  </si>
+  <si>
+    <t>嘉義縣溪口鄉美林國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2695365</t>
+  </si>
+  <si>
+    <t>　05-2697048</t>
+  </si>
+  <si>
+    <t>　mlps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣溪口鄉美北村78-3號</t>
+  </si>
+  <si>
+    <t>　https://www.mlps.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　張志郎</t>
+  </si>
+  <si>
+    <t>　鄭雅馨</t>
+  </si>
+  <si>
+    <t>　40</t>
+  </si>
+  <si>
+    <t>新港鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣新港鄉新港國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-2949098#81</t>
+  </si>
+  <si>
+    <t>　05-3744040</t>
+  </si>
+  <si>
+    <t>　hkps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　61693嘉義縣新港鄉登雲路105號</t>
+  </si>
+  <si>
+    <t>　https://www.hkps.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　顏金郎</t>
+  </si>
+  <si>
+    <t>　李翊綸</t>
+  </si>
+  <si>
+    <t>　60</t>
+  </si>
+  <si>
+    <t>　49</t>
+  </si>
+  <si>
+    <t>嘉義縣新港鄉月眉國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3772059</t>
+  </si>
+  <si>
+    <t>　05-3770954</t>
+  </si>
+  <si>
+    <t>　ymps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣新港鄉月眉村123號</t>
+  </si>
+  <si>
+    <t>　http://163.27.81.250/ymkid/</t>
+  </si>
+  <si>
+    <t>　鄭秀津</t>
+  </si>
+  <si>
+    <t>　王虹文</t>
+  </si>
+  <si>
+    <t>　61</t>
+  </si>
+  <si>
+    <t>　50</t>
+  </si>
+  <si>
+    <t>嘉義縣新港鄉復興國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3760424#28</t>
+  </si>
+  <si>
+    <t>　05-3760061</t>
+  </si>
+  <si>
+    <t>　fsps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　61691嘉義縣新港鄉北崙村75-4號</t>
+  </si>
+  <si>
+    <t>　https://www.fsps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　黃美智</t>
+  </si>
+  <si>
+    <t>　廖卿君</t>
+  </si>
+  <si>
+    <t>六腳鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣六腳鄉六腳國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3780218#11</t>
+  </si>
+  <si>
+    <t>　05-3780458</t>
+  </si>
+  <si>
+    <t>　ljps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣六腳鄉六腳村7鄰六腳105號</t>
+  </si>
+  <si>
+    <t>　https://www.ljps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　林金進</t>
+  </si>
+  <si>
+    <t>　楊惠如</t>
+  </si>
+  <si>
+    <t>　39</t>
+  </si>
+  <si>
+    <t>　26</t>
+  </si>
+  <si>
+    <t>嘉義縣六腳鄉灣內國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3804390</t>
+  </si>
+  <si>
+    <t>　05-3804554</t>
+  </si>
+  <si>
+    <t>　wnps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣六腳鄉灣南村15鄰灣內6號</t>
+  </si>
+  <si>
+    <t>　https://class.tn.edu.tw/modules/tad_web/index.php?WebID=5690</t>
+  </si>
+  <si>
+    <t>　胡協豐</t>
+  </si>
+  <si>
+    <t>　賴佳欣</t>
+  </si>
+  <si>
+    <t>　20</t>
+  </si>
+  <si>
+    <t>嘉義縣六腳鄉北美國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-7811429</t>
+  </si>
+  <si>
+    <t>　05-7812548</t>
+  </si>
+  <si>
+    <t>　bmps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣六腳鄉崙陽村122號</t>
+  </si>
+  <si>
+    <t>　https://www.bmps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　盧柏全</t>
+  </si>
+  <si>
+    <t>　蕭奕劬</t>
+  </si>
+  <si>
+    <t>　13</t>
+  </si>
+  <si>
+    <t>嘉義縣六腳鄉蒜頭國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3802025#32</t>
+  </si>
+  <si>
+    <t>　05-3804865</t>
+  </si>
+  <si>
+    <t>　shtes@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣六腳鄉蒜頭村188號</t>
+  </si>
+  <si>
+    <t>　https://www.shtes.cyc.edu.tw/modules/tad_web/index.php?WebID=3</t>
+  </si>
+  <si>
+    <t>　張美志</t>
+  </si>
+  <si>
+    <t>　黃雅紋</t>
+  </si>
+  <si>
+    <t>　46</t>
+  </si>
+  <si>
+    <t>　33</t>
+  </si>
+  <si>
+    <t>東石鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉東石國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3732295</t>
+  </si>
+  <si>
+    <t>　05-3730407</t>
+  </si>
+  <si>
+    <t>　tsps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉猿樹村117號</t>
+  </si>
+  <si>
+    <t>　https://www.tsps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　葉佳榔</t>
+  </si>
+  <si>
+    <t>　陳麗安</t>
+  </si>
+  <si>
+    <t>　27</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉塭港國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3732653#27</t>
+  </si>
+  <si>
+    <t>　05-3733696</t>
+  </si>
+  <si>
+    <t>　ugps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉塭港村170號</t>
+  </si>
+  <si>
+    <t>　https://www.ugps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　鄭居益</t>
+  </si>
+  <si>
+    <t>　張馨祺</t>
+  </si>
+  <si>
+    <t>　21</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉三江國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3732634</t>
+  </si>
+  <si>
+    <t>　05-3730015</t>
+  </si>
+  <si>
+    <t>　sjps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉三家村16號</t>
+  </si>
+  <si>
+    <t>　http://tw.pre.uschoolnet.com/school/sjps-cyc</t>
+  </si>
+  <si>
+    <t>　顏春財</t>
+  </si>
+  <si>
+    <t>　吳曉涵</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉龍港國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3732671#30</t>
+  </si>
+  <si>
+    <t>　05-3730334</t>
+  </si>
+  <si>
+    <t>　lges@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉龍港村113號</t>
+  </si>
+  <si>
+    <t>　https://www.lges.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　陳俊雄</t>
+  </si>
+  <si>
+    <t>　林淑君</t>
+  </si>
+  <si>
+    <t>　5</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉下楫國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3601508</t>
+  </si>
+  <si>
+    <t>　05-3602550</t>
+  </si>
+  <si>
+    <t>　sjes@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉下楫村15鄰下楫子寮147號</t>
+  </si>
+  <si>
+    <t>　https://www.sjes.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　林錦花</t>
+  </si>
+  <si>
+    <t>　蔡佳靜</t>
+  </si>
+  <si>
+    <t>　6</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉港墘國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3795350#10</t>
+  </si>
+  <si>
+    <t>　05-3704398</t>
+  </si>
+  <si>
+    <t>　kcps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉港墘村64號</t>
+  </si>
+  <si>
+    <t>　https://www.kcps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　陳瑞賢</t>
+  </si>
+  <si>
+    <t>　吳星瑩</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉龍崗國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3451070#17</t>
+  </si>
+  <si>
+    <t>　05-3451882</t>
+  </si>
+  <si>
+    <t>　logps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉西崙村栗子崙131號</t>
+  </si>
+  <si>
+    <t>　https://logps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　吳千萱</t>
+  </si>
+  <si>
+    <t>　賴美至</t>
+  </si>
+  <si>
+    <t>嘉義縣東石鄉網寮國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3451544#14</t>
+  </si>
+  <si>
+    <t>　05-3451544</t>
+  </si>
+  <si>
+    <t>　wlps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣東石鄉網寮村鹽田27號</t>
+  </si>
+  <si>
+    <t>　https://www.wlps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　王伯安</t>
+  </si>
+  <si>
+    <t>　林筱婷</t>
+  </si>
+  <si>
+    <t>　12</t>
+  </si>
+  <si>
+    <t>義竹鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣義竹鄉義竹國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3417748</t>
+  </si>
+  <si>
+    <t>　icps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣義竹六桂村208號</t>
+  </si>
+  <si>
+    <t>　https://www.icps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　闕裕清</t>
+  </si>
+  <si>
+    <t>　藍伊岑</t>
+  </si>
+  <si>
+    <t>　37</t>
+  </si>
+  <si>
+    <t>嘉義縣義竹鄉光榮國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3420104</t>
+  </si>
+  <si>
+    <t>　05-3421039</t>
+  </si>
+  <si>
+    <t>　krps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣義竹鄉東後寮東光村64號</t>
+  </si>
+  <si>
+    <t>　https://www.krps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　宋婉榕</t>
+  </si>
+  <si>
+    <t>　郭宇秋</t>
+  </si>
+  <si>
+    <t>嘉義縣義竹鄉過路國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3437884#27</t>
+  </si>
+  <si>
+    <t>　05-3437585</t>
+  </si>
+  <si>
+    <t>　gulps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣義竹鄉西過村279號</t>
+  </si>
+  <si>
+    <t>　https://gulpscycgmail-com.webnode.page/</t>
+  </si>
+  <si>
+    <t>　張寶宗</t>
+  </si>
+  <si>
+    <t>　吳尹甄</t>
+  </si>
+  <si>
+    <t>嘉義縣義竹鄉和順國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3436121#31</t>
+  </si>
+  <si>
+    <t>　05-3436122</t>
+  </si>
+  <si>
+    <t>　hsps@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　624嘉義縣義竹鄉官順村芊子寮356號</t>
+  </si>
+  <si>
+    <t>　https://www.hsps.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　蔡瑞芳</t>
+  </si>
+  <si>
+    <t>　呂銘材</t>
+  </si>
+  <si>
+    <t>嘉義縣義竹鄉南興國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3427394</t>
+  </si>
+  <si>
+    <t>　05-3426393</t>
+  </si>
+  <si>
+    <t>　nses@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣義竹鄉新店村77號</t>
+  </si>
+  <si>
+    <t>　https://www.nses.cyc.edu.tw/</t>
+  </si>
+  <si>
+    <t>　黃銘宗</t>
+  </si>
+  <si>
+    <t>　蔡心瑜</t>
+  </si>
+  <si>
+    <t>鹿草鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣鹿草鄉鹿草國民小學附設幼兒園</t>
+  </si>
+  <si>
+    <t>　05-3752004#315</t>
+  </si>
+  <si>
+    <t>　05-3751406</t>
+  </si>
+  <si>
+    <t>　ltes@mail.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　嘉義縣鹿草鄉西井村長壽路221號</t>
+  </si>
+  <si>
+    <t>　https://www.ltes.cyc.edu.tw</t>
+  </si>
+  <si>
+    <t>　陳振興</t>
+  </si>
+  <si>
+    <t>　伍淑卿</t>
+  </si>
+  <si>
     <t>　25</t>
-  </si>
-[...922 lines deleted...]
-    <t>　伍淑卿</t>
   </si>
   <si>
     <t>嘉義縣鹿草鄉下潭國民小學附設幼兒園</t>
   </si>
   <si>
     <t>　05-3650880</t>
   </si>
   <si>
     <t>　05-3650253</t>
   </si>
   <si>
     <t>　htps@mail.cyc.edu.tw</t>
   </si>
   <si>
     <t>　嘉義縣鹿草鄉光潭村196號</t>
   </si>
   <si>
     <t>　https://www.htps.cyc.edu.tw/</t>
   </si>
   <si>
     <t>　劉妙珍</t>
   </si>
   <si>
     <t>　陳宜筠</t>
   </si>
@@ -2318,51 +2318,51 @@
   <si>
     <t>　05-2513008</t>
   </si>
   <si>
     <t>　chses@mail.cyc.edu.tw</t>
   </si>
   <si>
     <t>　嘉義縣阿里山鄉茶山村3鄰74號　</t>
   </si>
   <si>
     <t>　https://www.chses.cyc.edu.tw/</t>
   </si>
   <si>
     <t>　黃興聖</t>
   </si>
   <si>
     <t>　林鈺庭</t>
   </si>
   <si>
     <t>合計</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2697,51 +2697,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="O88" sqref="O88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
@@ -3388,961 +3388,961 @@
       <c r="E16" s="3" t="s">
         <v>143</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>144</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>145</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>146</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>147</v>
       </c>
       <c r="J16" s="3" t="s">
         <v>148</v>
       </c>
       <c r="K16" s="3" t="s">
         <v>149</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M16" s="3" t="s">
-        <v>150</v>
+        <v>85</v>
       </c>
       <c r="N16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="3">
         <v>22</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D17" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="E17" s="3" t="s">
+      <c r="F17" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="F17" s="3" t="s">
+      <c r="G17" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="G17" s="3" t="s">
+      <c r="H17" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="H17" s="3" t="s">
+      <c r="I17" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="I17" s="3" t="s">
+      <c r="J17" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="J17" s="3" t="s">
+      <c r="K17" s="3" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M17" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="N17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="3">
         <v>23</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D18" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="F18" s="3" t="s">
+      <c r="G18" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="G18" s="3" t="s">
+      <c r="H18" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="H18" s="3" t="s">
+      <c r="I18" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="I18" s="3" t="s">
+      <c r="J18" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="J18" s="3" t="s">
+      <c r="K18" s="3" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M18" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="N18" s="3" t="s">
         <v>76</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="3">
         <v>24</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D19" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="F19" s="3" t="s">
+      <c r="G19" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="G19" s="3" t="s">
+      <c r="H19" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="H19" s="3" t="s">
+      <c r="I19" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="I19" s="3" t="s">
+      <c r="J19" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="J19" s="3" t="s">
+      <c r="K19" s="3" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M19" s="3" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="N19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="3">
         <v>25</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D20" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="E20" s="3" t="s">
+      <c r="F20" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="F20" s="3" t="s">
+      <c r="G20" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="G20" s="3" t="s">
+      <c r="H20" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="H20" s="3" t="s">
+      <c r="I20" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="I20" s="3" t="s">
+      <c r="J20" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="J20" s="3" t="s">
+      <c r="K20" s="3" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>141</v>
       </c>
       <c r="N20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="3">
         <v>26</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>116</v>
       </c>
       <c r="D21" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="F21" s="3" t="s">
+      <c r="G21" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="G21" s="3" t="s">
+      <c r="H21" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="H21" s="3" t="s">
+      <c r="I21" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="I21" s="3" t="s">
+      <c r="J21" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="J21" s="3" t="s">
+      <c r="K21" s="3" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M21" s="3" t="s">
         <v>114</v>
       </c>
       <c r="N21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="3">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C22" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C22" s="3" t="s">
+      <c r="D22" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="D22" s="3" t="s">
+      <c r="E22" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="F22" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="F22" s="3" t="s">
+      <c r="G22" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="G22" s="3" t="s">
+      <c r="H22" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="H22" s="3" t="s">
+      <c r="I22" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="I22" s="3" t="s">
+      <c r="J22" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="J22" s="3" t="s">
+      <c r="K22" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="K22" s="3" t="s">
+      <c r="L22" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="L22" s="3" t="s">
+      <c r="M22" s="3" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="N22" s="3" t="s">
         <v>115</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="3">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C23" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="G23" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="G23" s="3" t="s">
+      <c r="H23" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="H23" s="3" t="s">
+      <c r="I23" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="I23" s="3" t="s">
+      <c r="J23" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="J23" s="3" t="s">
+      <c r="K23" s="3" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="M23" s="3" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="N23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="3">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="F24" s="3" t="s">
+      <c r="G24" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="G24" s="3" t="s">
+      <c r="H24" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="H24" s="3" t="s">
+      <c r="I24" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="I24" s="3" t="s">
+      <c r="J24" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="J24" s="3" t="s">
+      <c r="K24" s="3" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M24" s="3" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="N24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="3">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="F25" s="3" t="s">
+      <c r="G25" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="G25" s="3" t="s">
+      <c r="H25" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="H25" s="3" t="s">
+      <c r="I25" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="I25" s="3" t="s">
+      <c r="J25" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="J25" s="3" t="s">
+      <c r="K25" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="K25" s="3" t="s">
+      <c r="L25" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="L25" s="3" t="s">
+      <c r="M25" s="3" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="N25" s="3" t="s">
         <v>76</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="3">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="F26" s="3" t="s">
+      <c r="G26" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="G26" s="3" t="s">
+      <c r="H26" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="H26" s="3" t="s">
+      <c r="I26" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="I26" s="3" t="s">
+      <c r="J26" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="J26" s="3" t="s">
+      <c r="K26" s="3" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>103</v>
       </c>
       <c r="M26" s="3" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="N26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="3">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="F27" s="3" t="s">
+      <c r="G27" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="G27" s="3" t="s">
+      <c r="H27" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="H27" s="3" t="s">
+      <c r="I27" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="I27" s="3" t="s">
+      <c r="J27" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="J27" s="3" t="s">
+      <c r="K27" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="K27" s="3" t="s">
+      <c r="L27" s="3" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="M27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="N27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="3">
         <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C28" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D28" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="D28" s="3" t="s">
+      <c r="E28" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="F28" s="3" t="s">
+      <c r="G28" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="G28" s="3" t="s">
+      <c r="H28" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="H28" s="3" t="s">
+      <c r="I28" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="I28" s="3" t="s">
+      <c r="J28" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="J28" s="3" t="s">
+      <c r="K28" s="3" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>103</v>
       </c>
       <c r="M28" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="N28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="3">
         <v>57</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D29" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="E29" s="3" t="s">
+      <c r="F29" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="F29" s="3" t="s">
+      <c r="G29" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="G29" s="3" t="s">
+      <c r="H29" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="H29" s="3" t="s">
+      <c r="I29" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="I29" s="3" t="s">
+      <c r="J29" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="J29" s="3" t="s">
+      <c r="K29" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="K29" s="3" t="s">
+      <c r="L29" s="3" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="M29" s="3" t="s">
         <v>85</v>
       </c>
       <c r="N29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="3">
         <v>47</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C30" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="D30" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="D30" s="3" t="s">
+      <c r="E30" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="E30" s="3" t="s">
+      <c r="F30" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="F30" s="3" t="s">
+      <c r="G30" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="G30" s="3" t="s">
+      <c r="H30" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="H30" s="3" t="s">
+      <c r="I30" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="I30" s="3" t="s">
+      <c r="J30" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="J30" s="3" t="s">
+      <c r="K30" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="K30" s="3" t="s">
+      <c r="L30" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="L30" s="3" t="s">
+      <c r="M30" s="3" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="N30" s="3" t="s">
         <v>76</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="3">
         <v>48</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D31" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="E31" s="3" t="s">
+      <c r="F31" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="F31" s="3" t="s">
+      <c r="G31" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="G31" s="3" t="s">
+      <c r="H31" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="H31" s="3" t="s">
+      <c r="I31" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="I31" s="3" t="s">
+      <c r="J31" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="J31" s="3" t="s">
+      <c r="K31" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="K31" s="3" t="s">
+      <c r="L31" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="L31" s="3" t="s">
+      <c r="M31" s="3" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="N31" s="3" t="s">
         <v>76</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="3">
         <v>49</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D32" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="F32" s="3" t="s">
+      <c r="G32" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="G32" s="3" t="s">
+      <c r="H32" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="H32" s="3" t="s">
+      <c r="I32" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="I32" s="3" t="s">
+      <c r="J32" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="J32" s="3" t="s">
+      <c r="K32" s="3" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M32" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="3">
         <v>43</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="D33" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="D33" s="3" t="s">
+      <c r="E33" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="E33" s="3" t="s">
+      <c r="F33" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="F33" s="3" t="s">
+      <c r="G33" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="G33" s="3" t="s">
+      <c r="H33" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="H33" s="3" t="s">
+      <c r="I33" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="I33" s="3" t="s">
+      <c r="J33" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="J33" s="3" t="s">
+      <c r="K33" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="K33" s="3" t="s">
+      <c r="L33" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="L33" s="3" t="s">
+      <c r="M33" s="3" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="N33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" s="3">
         <v>44</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D34" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="G34" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="G34" s="3" t="s">
+      <c r="H34" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="H34" s="3" t="s">
+      <c r="I34" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="I34" s="3" t="s">
+      <c r="J34" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="J34" s="3" t="s">
+      <c r="K34" s="3" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>103</v>
       </c>
       <c r="M34" s="3" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="N34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="3">
         <v>45</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D35" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="F35" s="3" t="s">
+      <c r="G35" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="G35" s="3" t="s">
+      <c r="H35" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="H35" s="3" t="s">
+      <c r="I35" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="I35" s="3" t="s">
+      <c r="J35" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="J35" s="3" t="s">
+      <c r="K35" s="3" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M35" s="3" t="s">
-        <v>114</v>
+        <v>327</v>
       </c>
       <c r="N35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="3">
         <v>46</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>328</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>330</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>331</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>332</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>333</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>334</v>
       </c>
       <c r="K36" s="3" t="s">
         <v>335</v>
       </c>
@@ -4469,51 +4469,51 @@
       <c r="E39" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>359</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>360</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>361</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>362</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>363</v>
       </c>
       <c r="K39" s="3" t="s">
         <v>364</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M39" s="3" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="N39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" s="3">
         <v>13</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>338</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>365</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F40" s="3" t="s">
@@ -4610,51 +4610,51 @@
       <c r="E42" s="3" t="s">
         <v>384</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>385</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>386</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>387</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>388</v>
       </c>
       <c r="J42" s="3" t="s">
         <v>389</v>
       </c>
       <c r="K42" s="3" t="s">
         <v>390</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M42" s="3" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="N42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" s="3">
         <v>16</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>338</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>391</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>392</v>
       </c>
       <c r="F43" s="3" t="s">
@@ -4798,770 +4798,770 @@
       <c r="E46" s="3" t="s">
         <v>418</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>419</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>420</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>421</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>422</v>
       </c>
       <c r="J46" s="3" t="s">
         <v>423</v>
       </c>
       <c r="K46" s="3" t="s">
         <v>424</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M46" s="3" t="s">
-        <v>425</v>
+        <v>327</v>
       </c>
       <c r="N46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="3">
         <v>29</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>408</v>
       </c>
       <c r="D47" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="F47" s="3" t="s">
+      <c r="G47" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="H47" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="H47" s="3" t="s">
+      <c r="I47" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="I47" s="3" t="s">
+      <c r="J47" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="J47" s="3" t="s">
+      <c r="K47" s="3" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M47" s="3" t="s">
         <v>55</v>
       </c>
       <c r="N47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="3">
         <v>30</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>408</v>
       </c>
       <c r="D48" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="F48" s="3" t="s">
+      <c r="G48" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="G48" s="3" t="s">
+      <c r="H48" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="H48" s="3" t="s">
+      <c r="I48" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="I48" s="3" t="s">
+      <c r="J48" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="J48" s="3" t="s">
+      <c r="K48" s="3" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M48" s="3" t="s">
         <v>373</v>
       </c>
       <c r="N48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" s="3">
         <v>31</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>408</v>
       </c>
       <c r="D49" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="F49" s="3" t="s">
+      <c r="G49" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="G49" s="3" t="s">
+      <c r="H49" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="H49" s="3" t="s">
+      <c r="I49" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="I49" s="3" t="s">
+      <c r="J49" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="J49" s="3" t="s">
+      <c r="K49" s="3" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M49" s="3" t="s">
         <v>373</v>
       </c>
       <c r="N49" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="3">
         <v>32</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="D50" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="D50" s="3" t="s">
+      <c r="E50" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="F50" s="3" t="s">
+      <c r="G50" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="G50" s="3" t="s">
+      <c r="H50" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="H50" s="3" t="s">
+      <c r="I50" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="I50" s="3" t="s">
+      <c r="J50" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="J50" s="3" t="s">
+      <c r="K50" s="3" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M50" s="3" t="s">
-        <v>150</v>
+        <v>458</v>
       </c>
       <c r="N50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" s="3">
         <v>33</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>459</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>460</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>461</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>462</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>463</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>464</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>465</v>
       </c>
       <c r="K51" s="3" t="s">
         <v>466</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M51" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="N51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" s="3">
         <v>34</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>467</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>469</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>470</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>471</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>472</v>
       </c>
       <c r="J52" s="3" t="s">
         <v>473</v>
       </c>
       <c r="K52" s="3" t="s">
         <v>474</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M52" s="3" t="s">
         <v>44</v>
       </c>
       <c r="N52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" s="3">
         <v>35</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>475</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>476</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>477</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>478</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>479</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>480</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>481</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>482</v>
       </c>
       <c r="K53" s="3" t="s">
         <v>483</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>484</v>
       </c>
       <c r="M53" s="3" t="s">
         <v>53</v>
       </c>
       <c r="N53" s="3" t="s">
         <v>373</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" s="3">
         <v>36</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>475</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>485</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>486</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>487</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>488</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>489</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>490</v>
       </c>
       <c r="J54" s="3" t="s">
         <v>491</v>
       </c>
       <c r="K54" s="3" t="s">
         <v>492</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M54" s="3" t="s">
-        <v>425</v>
+        <v>327</v>
       </c>
       <c r="N54" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" s="3">
         <v>37</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>475</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>493</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>494</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>495</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>496</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>497</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>498</v>
       </c>
       <c r="J55" s="3" t="s">
         <v>499</v>
       </c>
       <c r="K55" s="3" t="s">
         <v>500</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>43</v>
       </c>
       <c r="M55" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" s="3">
         <v>83</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>475</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>501</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>503</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>504</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>505</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>506</v>
       </c>
       <c r="J56" s="3" t="s">
         <v>507</v>
       </c>
       <c r="K56" s="3" t="s">
         <v>508</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M56" s="3" t="s">
         <v>373</v>
       </c>
       <c r="N56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" s="3">
         <v>38</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>510</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>511</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>512</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>513</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>514</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>515</v>
       </c>
       <c r="J57" s="3" t="s">
         <v>516</v>
       </c>
       <c r="K57" s="3" t="s">
         <v>517</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>518</v>
       </c>
       <c r="M57" s="3" t="s">
         <v>519</v>
       </c>
       <c r="N57" s="3" t="s">
         <v>373</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" s="3">
         <v>39</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>520</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>521</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>522</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>523</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>524</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>525</v>
       </c>
       <c r="J58" s="3" t="s">
         <v>526</v>
       </c>
       <c r="K58" s="3" t="s">
         <v>527</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M58" s="3" t="s">
         <v>528</v>
       </c>
       <c r="N58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" s="3">
         <v>40</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>529</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>530</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>531</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>532</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>533</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>534</v>
       </c>
       <c r="J59" s="3" t="s">
         <v>535</v>
       </c>
       <c r="K59" s="3" t="s">
         <v>536</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" s="3">
         <v>41</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>537</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>538</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>539</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>540</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>541</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>542</v>
       </c>
       <c r="J60" s="3" t="s">
         <v>543</v>
       </c>
       <c r="K60" s="3" t="s">
         <v>544</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M60" s="3" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" s="3">
         <v>42</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>545</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>546</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>547</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>548</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>549</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>550</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>551</v>
       </c>
       <c r="K61" s="3" t="s">
         <v>552</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="N61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" s="3">
         <v>84</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>509</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>553</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>554</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>554</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>555</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>556</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>557</v>
       </c>
       <c r="J62" s="3" t="s">
         <v>558</v>
       </c>
@@ -5597,51 +5597,51 @@
       <c r="E63" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>565</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>566</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>567</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>568</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>569</v>
       </c>
       <c r="K63" s="3" t="s">
         <v>570</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M63" s="3" t="s">
-        <v>425</v>
+        <v>327</v>
       </c>
       <c r="N63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" s="3">
         <v>66</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>562</v>
       </c>
       <c r="D64" s="3" t="s">
         <v>571</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F64" s="3" t="s">
@@ -5785,51 +5785,51 @@
       <c r="E67" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>597</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>598</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>599</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>600</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>601</v>
       </c>
       <c r="K67" s="3" t="s">
         <v>602</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M67" s="3" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="N67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" s="3">
         <v>70</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>562</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>603</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>604</v>
       </c>
       <c r="F68" s="3" t="s">
@@ -5879,98 +5879,98 @@
       <c r="E69" s="3" t="s">
         <v>612</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>613</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>614</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>615</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>616</v>
       </c>
       <c r="J69" s="3" t="s">
         <v>617</v>
       </c>
       <c r="K69" s="3" t="s">
         <v>51</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M69" s="3" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="N69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" s="3">
         <v>58</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>618</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>619</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>621</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>622</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>623</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>624</v>
       </c>
       <c r="J70" s="3" t="s">
         <v>625</v>
       </c>
       <c r="K70" s="3" t="s">
         <v>626</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>560</v>
       </c>
       <c r="M70" s="3" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="N70" s="3" t="s">
         <v>76</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" s="3">
         <v>59</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>618</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>627</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>628</v>
       </c>
       <c r="F71" s="3" t="s">
@@ -6020,51 +6020,51 @@
       <c r="E72" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>637</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>638</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>639</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>640</v>
       </c>
       <c r="J72" s="3" t="s">
         <v>641</v>
       </c>
       <c r="K72" s="3" t="s">
         <v>642</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M72" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="N72" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" s="3">
         <v>61</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>618</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>643</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F73" s="3" t="s">
@@ -6255,51 +6255,51 @@
       <c r="E77" s="3" t="s">
         <v>677</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>678</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>679</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>680</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>681</v>
       </c>
       <c r="J77" s="3" t="s">
         <v>682</v>
       </c>
       <c r="K77" s="3" t="s">
         <v>683</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>103</v>
       </c>
       <c r="M77" s="3" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="N77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" s="3">
         <v>73</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>675</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>684</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>685</v>
       </c>
       <c r="F78" s="3" t="s">
@@ -6349,51 +6349,51 @@
       <c r="E79" s="3" t="s">
         <v>693</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>694</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>695</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>696</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>697</v>
       </c>
       <c r="J79" s="3" t="s">
         <v>698</v>
       </c>
       <c r="K79" s="3" t="s">
         <v>699</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M79" s="3" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="N79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" s="3">
         <v>75</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>700</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>701</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F80" s="3" t="s">
@@ -6443,51 +6443,51 @@
       <c r="E81" s="3" t="s">
         <v>712</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>713</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>714</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>715</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>716</v>
       </c>
       <c r="J81" s="3" t="s">
         <v>717</v>
       </c>
       <c r="K81" s="3" t="s">
         <v>717</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>30</v>
       </c>
       <c r="M81" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="N81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" s="3">
         <v>77</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>710</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>718</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>719</v>
       </c>
       <c r="F82" s="3" t="s">
@@ -6752,57 +6752,57 @@
       <c r="N87" s="3" t="s">
         <v>33</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>766</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3"/>
       <c r="K88" s="3"/>
       <c r="L88" s="3">
         <v>3731.0</v>
       </c>
       <c r="M88" s="3">
-        <v>2058.0</v>
+        <v>2067.0</v>
       </c>
       <c r="N88" s="3">
         <v>185.0</v>
       </c>
       <c r="O88" s="3">
-        <v>164.0</v>
+        <v>165.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:I2"/>
     <mergeCell ref="J2:J2"/>
     <mergeCell ref="K2:K2"/>
     <mergeCell ref="L2:O2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>