--- v0 (2025-10-25)
+++ v1 (2026-03-09)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="412">
   <si>
     <t>國民小學</t>
   </si>
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>分區</t>
   </si>
   <si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>社團國小</t>
   </si>
   <si>
     <t>05-2952504</t>
   </si>
   <si>
     <t>嘉義縣大林鎮三角里下林頭51號</t>
   </si>
   <si>
     <t>平林國小</t>
   </si>
   <si>
     <t>05-2650887</t>
   </si>
   <si>
     <t>嘉義縣大林鎮民權路80號</t>
   </si>
   <si>
     <t>合計</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1632,51 +1632,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BJ120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="BJ120" sqref="BJ120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="5" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:62">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:62">
@@ -7221,174 +7221,174 @@
       <c r="C32" s="3" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>133</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>135</v>
       </c>
       <c r="G32" s="3">
         <v>6.0</v>
       </c>
       <c r="H32" s="3">
         <v>0.0</v>
       </c>
       <c r="I32" s="3">
         <v>0.0</v>
       </c>
       <c r="J32" s="3">
         <v>0.0</v>
       </c>
       <c r="K32" s="3">
-        <v>20.0</v>
+        <v>21.0</v>
       </c>
       <c r="L32" s="3">
         <v>0.0</v>
       </c>
       <c r="M32" s="3">
         <v>0.0</v>
       </c>
       <c r="N32" s="3">
         <v>0.0</v>
       </c>
       <c r="O32" s="3">
         <v>1.0</v>
       </c>
       <c r="P32" s="3">
         <v>1.0</v>
       </c>
       <c r="Q32" s="3">
         <v>1.0</v>
       </c>
       <c r="R32" s="3">
         <v>1.0</v>
       </c>
       <c r="S32" s="3">
         <v>1.0</v>
       </c>
       <c r="T32" s="3">
         <v>1.0</v>
       </c>
       <c r="U32" s="3">
         <v>3.0</v>
       </c>
       <c r="V32" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="W32" s="3">
         <v>5.0</v>
       </c>
       <c r="X32" s="3">
         <v>3.0</v>
       </c>
       <c r="Y32" s="3">
         <v>1.0</v>
       </c>
       <c r="Z32" s="3">
         <v>4.0</v>
       </c>
       <c r="AA32" s="3">
         <v>1.0</v>
       </c>
       <c r="AB32" s="3">
         <v>1.0</v>
       </c>
       <c r="AC32" s="3">
         <v>1.0</v>
       </c>
       <c r="AD32" s="3">
         <v>1.0</v>
       </c>
       <c r="AE32" s="3">
         <v>1.0</v>
       </c>
       <c r="AF32" s="3">
         <v>1.0</v>
       </c>
       <c r="AG32" s="3">
         <v>3.0</v>
       </c>
       <c r="AH32" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AI32" s="3">
         <v>5.0</v>
       </c>
       <c r="AJ32" s="3">
         <v>3.0</v>
       </c>
       <c r="AK32" s="3">
         <v>1.0</v>
       </c>
       <c r="AL32" s="3">
         <v>4.0</v>
       </c>
       <c r="AM32" s="3">
         <v>1.0</v>
       </c>
       <c r="AN32" s="3">
         <v>1.0</v>
       </c>
       <c r="AO32" s="3">
         <v>1.0</v>
       </c>
       <c r="AP32" s="3">
         <v>1.0</v>
       </c>
       <c r="AQ32" s="3">
         <v>1.0</v>
       </c>
       <c r="AR32" s="3">
         <v>1.0</v>
       </c>
       <c r="AS32" s="3">
         <v>3.0</v>
       </c>
       <c r="AT32" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AU32" s="3">
         <v>5.0</v>
       </c>
       <c r="AV32" s="3">
         <v>3.0</v>
       </c>
       <c r="AW32" s="3">
         <v>1.0</v>
       </c>
       <c r="AX32" s="3">
         <v>4.0</v>
       </c>
       <c r="AY32" s="3">
         <v>3.0</v>
       </c>
       <c r="AZ32" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="BA32" s="3">
         <v>5.0</v>
       </c>
       <c r="BB32" s="3">
         <v>3.0</v>
       </c>
       <c r="BC32" s="3">
         <v>1.0</v>
       </c>
       <c r="BD32" s="3">
         <v>4.0</v>
       </c>
       <c r="BE32" s="3">
         <v>12.0</v>
       </c>
       <c r="BF32" s="3">
         <v>1.0</v>
       </c>
       <c r="BG32" s="3">
         <v>1.0</v>
       </c>
       <c r="BH32" s="3">
         <v>0.0</v>
       </c>
@@ -11733,186 +11733,186 @@
       <c r="C56" s="3" t="s">
         <v>203</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>210</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>212</v>
       </c>
       <c r="G56" s="3">
         <v>6.0</v>
       </c>
       <c r="H56" s="3">
         <v>0.0</v>
       </c>
       <c r="I56" s="3">
         <v>0.0</v>
       </c>
       <c r="J56" s="3">
         <v>0.0</v>
       </c>
       <c r="K56" s="3">
-        <v>22.0</v>
+        <v>23.0</v>
       </c>
       <c r="L56" s="3">
         <v>0.0</v>
       </c>
       <c r="M56" s="3">
         <v>0.0</v>
       </c>
       <c r="N56" s="3">
         <v>0.0</v>
       </c>
       <c r="O56" s="3">
         <v>1.0</v>
       </c>
       <c r="P56" s="3">
         <v>1.0</v>
       </c>
       <c r="Q56" s="3">
         <v>1.0</v>
       </c>
       <c r="R56" s="3">
         <v>1.0</v>
       </c>
       <c r="S56" s="3">
         <v>1.0</v>
       </c>
       <c r="T56" s="3">
         <v>1.0</v>
       </c>
       <c r="U56" s="3">
         <v>4.0</v>
       </c>
       <c r="V56" s="3">
         <v>5.0</v>
       </c>
       <c r="W56" s="3">
         <v>2.0</v>
       </c>
       <c r="X56" s="3">
         <v>3.0</v>
       </c>
       <c r="Y56" s="3">
         <v>4.0</v>
       </c>
       <c r="Z56" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA56" s="3">
         <v>1.0</v>
       </c>
       <c r="AB56" s="3">
         <v>1.0</v>
       </c>
       <c r="AC56" s="3">
         <v>1.0</v>
       </c>
       <c r="AD56" s="3">
         <v>1.0</v>
       </c>
       <c r="AE56" s="3">
         <v>1.0</v>
       </c>
       <c r="AF56" s="3">
         <v>1.0</v>
       </c>
       <c r="AG56" s="3">
         <v>4.0</v>
       </c>
       <c r="AH56" s="3">
         <v>5.0</v>
       </c>
       <c r="AI56" s="3">
         <v>2.0</v>
       </c>
       <c r="AJ56" s="3">
         <v>3.0</v>
       </c>
       <c r="AK56" s="3">
         <v>4.0</v>
       </c>
       <c r="AL56" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AM56" s="3">
         <v>1.0</v>
       </c>
       <c r="AN56" s="3">
         <v>1.0</v>
       </c>
       <c r="AO56" s="3">
         <v>1.0</v>
       </c>
       <c r="AP56" s="3">
         <v>1.0</v>
       </c>
       <c r="AQ56" s="3">
         <v>1.0</v>
       </c>
       <c r="AR56" s="3">
         <v>1.0</v>
       </c>
       <c r="AS56" s="3">
         <v>4.0</v>
       </c>
       <c r="AT56" s="3">
         <v>5.0</v>
       </c>
       <c r="AU56" s="3">
         <v>2.0</v>
       </c>
       <c r="AV56" s="3">
         <v>3.0</v>
       </c>
       <c r="AW56" s="3">
         <v>4.0</v>
       </c>
       <c r="AX56" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AY56" s="3">
         <v>4.0</v>
       </c>
       <c r="AZ56" s="3">
         <v>5.0</v>
       </c>
       <c r="BA56" s="3">
         <v>2.0</v>
       </c>
       <c r="BB56" s="3">
         <v>3.0</v>
       </c>
       <c r="BC56" s="3">
         <v>4.0</v>
       </c>
       <c r="BD56" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="BE56" s="3">
         <v>11.0</v>
       </c>
       <c r="BF56" s="3">
         <v>0.0</v>
       </c>
       <c r="BG56" s="3">
         <v>1.0</v>
       </c>
       <c r="BH56" s="3">
         <v>0.0</v>
       </c>
       <c r="BI56" s="3">
         <v>0.0</v>
       </c>
       <c r="BJ56" s="3">
         <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:62">
       <c r="A57" s="3">
         <v>23</v>
       </c>
       <c r="B57" s="3" t="s">
@@ -17185,177 +17185,177 @@
       <c r="C85" s="3" t="s">
         <v>282</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>301</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>302</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>303</v>
       </c>
       <c r="G85" s="3">
         <v>6.0</v>
       </c>
       <c r="H85" s="3">
         <v>0.0</v>
       </c>
       <c r="I85" s="3">
         <v>0.0</v>
       </c>
       <c r="J85" s="3">
         <v>0.0</v>
       </c>
       <c r="K85" s="3">
-        <v>107.0</v>
+        <v>109.0</v>
       </c>
       <c r="L85" s="3">
         <v>0.0</v>
       </c>
       <c r="M85" s="3">
         <v>0.0</v>
       </c>
       <c r="N85" s="3">
         <v>0.0</v>
       </c>
       <c r="O85" s="3">
         <v>1.0</v>
       </c>
       <c r="P85" s="3">
         <v>1.0</v>
       </c>
       <c r="Q85" s="3">
         <v>1.0</v>
       </c>
       <c r="R85" s="3">
         <v>1.0</v>
       </c>
       <c r="S85" s="3">
         <v>1.0</v>
       </c>
       <c r="T85" s="3">
         <v>1.0</v>
       </c>
       <c r="U85" s="3">
         <v>21.0</v>
       </c>
       <c r="V85" s="3">
         <v>19.0</v>
       </c>
       <c r="W85" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="X85" s="3">
         <v>20.0</v>
       </c>
       <c r="Y85" s="3">
         <v>18.0</v>
       </c>
       <c r="Z85" s="3">
         <v>21.0</v>
       </c>
       <c r="AA85" s="3">
         <v>1.0</v>
       </c>
       <c r="AB85" s="3">
         <v>1.0</v>
       </c>
       <c r="AC85" s="3">
         <v>1.0</v>
       </c>
       <c r="AD85" s="3">
         <v>1.0</v>
       </c>
       <c r="AE85" s="3">
         <v>1.0</v>
       </c>
       <c r="AF85" s="3">
         <v>1.0</v>
       </c>
       <c r="AG85" s="3">
         <v>21.0</v>
       </c>
       <c r="AH85" s="3">
         <v>19.0</v>
       </c>
       <c r="AI85" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="AJ85" s="3">
         <v>20.0</v>
       </c>
       <c r="AK85" s="3">
         <v>18.0</v>
       </c>
       <c r="AL85" s="3">
         <v>21.0</v>
       </c>
       <c r="AM85" s="3">
         <v>1.0</v>
       </c>
       <c r="AN85" s="3">
         <v>1.0</v>
       </c>
       <c r="AO85" s="3">
         <v>1.0</v>
       </c>
       <c r="AP85" s="3">
         <v>1.0</v>
       </c>
       <c r="AQ85" s="3">
         <v>1.0</v>
       </c>
       <c r="AR85" s="3">
         <v>1.0</v>
       </c>
       <c r="AS85" s="3">
         <v>21.0</v>
       </c>
       <c r="AT85" s="3">
         <v>19.0</v>
       </c>
       <c r="AU85" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="AV85" s="3">
         <v>20.0</v>
       </c>
       <c r="AW85" s="3">
         <v>18.0</v>
       </c>
       <c r="AX85" s="3">
         <v>21.0</v>
       </c>
       <c r="AY85" s="3">
         <v>21.0</v>
       </c>
       <c r="AZ85" s="3">
         <v>19.0</v>
       </c>
       <c r="BA85" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="BB85" s="3">
         <v>20.0</v>
       </c>
       <c r="BC85" s="3">
         <v>18.0</v>
       </c>
       <c r="BD85" s="3">
         <v>21.0</v>
       </c>
       <c r="BE85" s="3">
         <v>13.0</v>
       </c>
       <c r="BF85" s="3">
         <v>1.0</v>
       </c>
       <c r="BG85" s="3">
         <v>1.0</v>
       </c>
       <c r="BH85" s="3">
         <v>0.0</v>
       </c>
       <c r="BI85" s="3">
         <v>0.0</v>
       </c>
@@ -23755,186 +23755,186 @@
         <v>1.0</v>
       </c>
     </row>
     <row r="120" spans="1:62">
       <c r="A120" s="3"/>
       <c r="B120" s="3"/>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>411</v>
       </c>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3">
         <v>1137.0</v>
       </c>
       <c r="H120" s="3">
         <v>20.0</v>
       </c>
       <c r="I120" s="3">
         <v>2.0</v>
       </c>
       <c r="J120" s="3">
         <v>10.0</v>
       </c>
       <c r="K120" s="3">
-        <v>15849.0</v>
+        <v>15853.0</v>
       </c>
       <c r="L120" s="3">
         <v>352.0</v>
       </c>
       <c r="M120" s="3">
         <v>36.0</v>
       </c>
       <c r="N120" s="3">
         <v>64.0</v>
       </c>
       <c r="O120" s="3">
         <v>176.0</v>
       </c>
       <c r="P120" s="3">
         <v>186.0</v>
       </c>
       <c r="Q120" s="3">
         <v>201.0</v>
       </c>
       <c r="R120" s="3">
         <v>202.0</v>
       </c>
       <c r="S120" s="3">
         <v>205.0</v>
       </c>
       <c r="T120" s="3">
         <v>193.0</v>
       </c>
       <c r="U120" s="3">
         <v>2427.0</v>
       </c>
       <c r="V120" s="3">
-        <v>2503.0</v>
+        <v>2504.0</v>
       </c>
       <c r="W120" s="3">
-        <v>2839.0</v>
+        <v>2841.0</v>
       </c>
       <c r="X120" s="3">
         <v>2937.0</v>
       </c>
       <c r="Y120" s="3">
         <v>2916.0</v>
       </c>
       <c r="Z120" s="3">
-        <v>2760.0</v>
+        <v>2761.0</v>
       </c>
       <c r="AA120" s="3">
         <v>176.0</v>
       </c>
       <c r="AB120" s="3">
         <v>186.0</v>
       </c>
       <c r="AC120" s="3">
         <v>201.0</v>
       </c>
       <c r="AD120" s="3">
         <v>202.0</v>
       </c>
       <c r="AE120" s="3">
         <v>205.0</v>
       </c>
       <c r="AF120" s="3">
         <v>193.0</v>
       </c>
       <c r="AG120" s="3">
         <v>2427.0</v>
       </c>
       <c r="AH120" s="3">
-        <v>2503.0</v>
+        <v>2504.0</v>
       </c>
       <c r="AI120" s="3">
-        <v>2839.0</v>
+        <v>2841.0</v>
       </c>
       <c r="AJ120" s="3">
         <v>2937.0</v>
       </c>
       <c r="AK120" s="3">
         <v>2916.0</v>
       </c>
       <c r="AL120" s="3">
-        <v>2760.0</v>
+        <v>2761.0</v>
       </c>
       <c r="AM120" s="3">
         <v>176.0</v>
       </c>
       <c r="AN120" s="3">
         <v>186.0</v>
       </c>
       <c r="AO120" s="3">
         <v>201.0</v>
       </c>
       <c r="AP120" s="3">
         <v>202.0</v>
       </c>
       <c r="AQ120" s="3">
         <v>205.0</v>
       </c>
       <c r="AR120" s="3">
         <v>193.0</v>
       </c>
       <c r="AS120" s="3">
         <v>2427.0</v>
       </c>
       <c r="AT120" s="3">
-        <v>2503.0</v>
+        <v>2504.0</v>
       </c>
       <c r="AU120" s="3">
-        <v>2839.0</v>
+        <v>2841.0</v>
       </c>
       <c r="AV120" s="3">
         <v>2937.0</v>
       </c>
       <c r="AW120" s="3">
         <v>2916.0</v>
       </c>
       <c r="AX120" s="3">
-        <v>2760.0</v>
+        <v>2761.0</v>
       </c>
       <c r="AY120" s="3">
         <v>2427.0</v>
       </c>
       <c r="AZ120" s="3">
-        <v>2503.0</v>
+        <v>2504.0</v>
       </c>
       <c r="BA120" s="3">
-        <v>2839.0</v>
+        <v>2841.0</v>
       </c>
       <c r="BB120" s="3">
         <v>2937.0</v>
       </c>
       <c r="BC120" s="3">
         <v>2916.0</v>
       </c>
       <c r="BD120" s="3">
-        <v>2760.0</v>
+        <v>2761.0</v>
       </c>
       <c r="BE120" s="3">
         <v>2396.0</v>
       </c>
       <c r="BF120" s="3">
         <v>111.0</v>
       </c>
       <c r="BG120" s="3">
         <v>124.0</v>
       </c>
       <c r="BH120" s="3">
         <v>38.0</v>
       </c>
       <c r="BI120" s="3">
         <v>31.0</v>
       </c>
       <c r="BJ120" s="3">
         <v>58.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BJ1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>