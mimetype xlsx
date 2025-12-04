--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -3169,51 +3169,51 @@
       <c r="J64" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="3">
         <v>67</v>
       </c>
       <c r="B65" s="3"/>
       <c r="C65" s="3" t="s">
         <v>202</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>209</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>210</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>211</v>
       </c>
       <c r="G65" s="3">
         <v>90.0</v>
       </c>
       <c r="H65" s="3">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="I65" s="3">
         <v>2.0</v>
       </c>
       <c r="J65" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="3">
         <v>68</v>
       </c>
       <c r="B66" s="3"/>
       <c r="C66" s="3" t="s">
         <v>202</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>212</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>214</v>
       </c>
@@ -3851,51 +3851,51 @@
         <v>30.0</v>
       </c>
       <c r="H87" s="3">
         <v>6.0</v>
       </c>
       <c r="I87" s="3">
         <v>1.0</v>
       </c>
       <c r="J87" s="3">
         <v>1.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>282</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3">
         <v>3839.0</v>
       </c>
       <c r="H88" s="3">
-        <v>2081.0</v>
+        <v>2082.0</v>
       </c>
       <c r="I88" s="3">
         <v>189.0</v>
       </c>
       <c r="J88" s="3">
         <v>165.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E2"/>
     <mergeCell ref="G2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>