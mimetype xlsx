--- v1 (2025-12-04)
+++ v2 (2026-01-18)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>國小附幼</t>
   </si>
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>分區</t>
   </si>
   <si>
@@ -866,51 +866,51 @@
   <si>
     <t>嘉義縣阿里山鄉香林國民小學附設幼兒園</t>
   </si>
   <si>
     <t>05-2679713#20</t>
   </si>
   <si>
     <t>嘉義縣阿里山鄉香林村2鄰西阿里山41號</t>
   </si>
   <si>
     <t>嘉義縣阿里山鄉茶山國民小學附設幼兒園</t>
   </si>
   <si>
     <t>05-2513014</t>
   </si>
   <si>
     <t>嘉義縣阿里山鄉茶山村3鄰74號　</t>
   </si>
   <si>
     <t>合計</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -1245,51 +1245,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J88" sqref="J88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="12" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="true" style="0"/>
     <col min="2" max="2" width="5" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
@@ -1699,57 +1699,57 @@
       <c r="J15" s="3">
         <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="3">
         <v>21</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="3">
         <v>68.0</v>
       </c>
       <c r="H16" s="3">
-        <v>25.0</v>
+        <v>30.0</v>
       </c>
       <c r="I16" s="3">
         <v>2.0</v>
       </c>
       <c r="J16" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="3">
         <v>22</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="3">
         <v>30.0</v>
       </c>
       <c r="H17" s="3">
         <v>9.0</v>
       </c>
@@ -2269,81 +2269,81 @@
       <c r="J34" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="3">
         <v>45</v>
       </c>
       <c r="B35" s="3"/>
       <c r="C35" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>114</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>115</v>
       </c>
       <c r="G35" s="3">
         <v>38.0</v>
       </c>
       <c r="H35" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
       <c r="I35" s="3">
         <v>1.0</v>
       </c>
       <c r="J35" s="3">
         <v>2.0</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="3">
         <v>46</v>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>116</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>118</v>
       </c>
       <c r="G36" s="3">
         <v>46.0</v>
       </c>
       <c r="H36" s="3">
-        <v>32.0</v>
+        <v>33.0</v>
       </c>
       <c r="I36" s="3">
         <v>2.0</v>
       </c>
       <c r="J36" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="3">
         <v>10</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3" t="s">
         <v>119</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>120</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>121</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>122</v>
       </c>
@@ -3851,57 +3851,57 @@
         <v>30.0</v>
       </c>
       <c r="H87" s="3">
         <v>6.0</v>
       </c>
       <c r="I87" s="3">
         <v>1.0</v>
       </c>
       <c r="J87" s="3">
         <v>1.0</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="3"/>
       <c r="B88" s="3"/>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>282</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3">
         <v>3839.0</v>
       </c>
       <c r="H88" s="3">
-        <v>2082.0</v>
+        <v>2091.0</v>
       </c>
       <c r="I88" s="3">
         <v>189.0</v>
       </c>
       <c r="J88" s="3">
-        <v>165.0</v>
+        <v>166.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E2"/>
     <mergeCell ref="G2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">